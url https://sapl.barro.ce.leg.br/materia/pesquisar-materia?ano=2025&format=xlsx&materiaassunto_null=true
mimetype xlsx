--- v0 (2025-11-02)
+++ v1 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="744" uniqueCount="374">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="816" uniqueCount="407">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -634,79 +634,153 @@
   <si>
     <t>268</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_34-2025.pdf</t>
   </si>
   <si>
     <t>DENOMINA DE "JOSÉ E SILVA (ZÉ QUINCO FILHO)", A ARENINHA NO BAIRRO TRAJANO NOGUEIRA, NESTE MUNICÍPIO.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/273/projeto_de_lei_no_035-2025.pdf</t>
   </si>
   <si>
     <t>Institui a Gratificação Anual por Desempenho Educacional vinculada aos resultados do SPAECE, no âmbito do Município de Barro/CE e dá outras providências.</t>
   </si>
   <si>
+    <t>274</t>
+  </si>
+  <si>
+    <t>36</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_no_36-2025.pdf</t>
+  </si>
+  <si>
+    <t>ALTERA A LEI MUNICIPAL Nº 359/2014, CRIANDO O CARGO EM COMISSÃO DE PROCURADOR FISCAL E COORDENADOR DO SETOR ADMINISTRATIVO E FISCAL, BEM COMO ACRESCENTANDO O INCISO V AO ART. 6°, PARA FIXAR A NOVA GRATIFICAÇÃO DE EXERCÍCIO DOS CARGOS DE PROCURADOR ADMINISTRATIVO E PROCURADOR FISCAL.</t>
+  </si>
+  <si>
+    <t>275</t>
+  </si>
+  <si>
+    <t>37</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_no_37-_2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE O NOVO CÓDIGO TRIBUTÁRIO MUNICIPAL DE BARRO/CE, REESTRUTURANDO A LEGISLAÇÃO E ATUALIZANDO AS NORMAS SOBRE TRIBUTOS MUNICIPAIS E ADMINISTRAÇÃO FISCAL, EM CONFORMIDADE COM AS TRANSFORMAÇÕES DO SISTEMA TRIBUTÁRIO NACIONAL, VISANDO A SEGURANÇA JURÍDICA E A EFICIÊNCIA NA GESTÃO FISCAL.</t>
+  </si>
+  <si>
+    <t>276</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/276/pl_38-2025.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A POLITICA MUNICIPAL DE  INCENTIVO Á CIÊNCIA, TECNOLOGIA E INOVAÇÃO E ADOTA OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>281</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_39-2025.pdf</t>
+  </si>
+  <si>
+    <t>Dispõe sobre o Prêmio por Produtividade Fiscal Municipal (PPFM) para os servidores públicos da Secretaria de Finanças responsáveis pela arrecadação, fiscalização, controle, autuação e demais atividades vinculadas ao incremento de receitas tributárias do Município de Barro e dá outras providências.</t>
+  </si>
+  <si>
+    <t>282</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_40-2025.pdf</t>
+  </si>
+  <si>
+    <t>INSTITUI A GRATIFICAÇÃO DE INCENTIVO À EFICIÊNCIA E PRODUTIVIDADE DO SECRETÁRIO ESCOLAR NO ÂMBITO DA REDE MUNICIPAL DE ENSINO DE BARRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
     <t>201</t>
   </si>
   <si>
     <t>20250301</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_01-2025.pdf</t>
   </si>
   <si>
     <t>Projeto de Lei Nº 001/2025_x000D_
 Autoria: Vereador José Jordão Tavares de Sousa_x000D_
 Ementa: Autoriza o Poder Executivo Municipal a regulamentar o Transporte Escolar Universitário no Município de Barro-CE e dá outras providências.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>20250402</t>
   </si>
   <si>
     <t>Thefferson Feitosa</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_no_001-2025_thefferson.pdf</t>
   </si>
   <si>
     <t>PROJETO DE LEI N° 01/2025_x000D_
 Autoria: Vereador Thefferson Dyogo de Lima Feitosa_x000D_
 Ementa: Dispõe sobre a obrigatoriedade do Hasteamento das Bandeiras, Nacional, Estadual e Municipal, bem como a execução dos respectivos Hinos nas escolas de Ensino Público e Particular, no Município de Barro, Estado do Ceará.</t>
+  </si>
+  <si>
+    <t>279</t>
+  </si>
+  <si>
+    <t>20251103</t>
+  </si>
+  <si>
+    <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_002-2025_jordao.pdf</t>
+  </si>
+  <si>
+    <t>PROJETO DE LEI Nº 002/2025_x000D_
+AUTORIA: VEREADOR JOSÉ JORDÃO TAVARES DE SOUSA_x000D_
+EMENTA: RECONHECE O DIA DE NOSSA SENHORA DA IMACULADA CONCEIÇÃO COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICIPIO DO BARRO, CELEBRADO DURANTE A FESTA RELIGIOSA DE NOSSA SENHORA DA CONCEIÇÃO DO DISTRITO DE IARA NO DIA 8 DE DEZEMBRO.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>MESA DIRETORA - MD</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_de_resolucao_01-2025.pdf</t>
   </si>
   <si>
     <t>Altera dispositivos da Resolução Nº 14/2002 e dá outras providências.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
     <t>20250101</t>
   </si>
@@ -1228,50 +1302,83 @@
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>20251002</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_008-2025_dody.pdf</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 008/2025_x000D_
 Autoria: Vereador José Wilson de Sousa_x000D_
 Ementa: Requer a aquisição de um aparelho de mamografia para o Hospital Municipal Santo Antônio.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>20251003</t>
   </si>
   <si>
     <t>REQUERIMENTO nº 013/2025_x000D_
 Autoria: Vereador José Jordão Tavares de Sousa_x000D_
 Ementa: Requer a pavimentação da Estrada Vicinal Dep. Antônio Leite Tavares, com início às margens da BR116 contemplando o perímetro Urbano do Baixio Velho até o final do Loteamento João Enoque Tavares.</t>
+  </si>
+  <si>
+    <t>277</t>
+  </si>
+  <si>
+    <t>20251101</t>
+  </si>
+  <si>
+    <t>Requerimento Nº 005/2025_x000D_
+Autoria: Vereador Francisco das Chagas Tavares Rodrigues_x000D_
+Ementa: Requer providências para eliminar o lixão existente na Rua Zulmira Fernandes e adoção de medidas para a adequada destinação dos resíduos sólidos.</t>
+  </si>
+  <si>
+    <t>278</t>
+  </si>
+  <si>
+    <t>20251102</t>
+  </si>
+  <si>
+    <t>Requerimento Nº 006/2025_x000D_
+Autoria: Vereador Francisco das Chagas Tavares Rodrigues_x000D_
+Ementa: Requer providências da Companhia de Água e Esgoto do Ceará - CAGECE, visando à melhoria e regularização dos serviços de abastecimento de água do Município de Barro/CE.</t>
+  </si>
+  <si>
+    <t>280</t>
+  </si>
+  <si>
+    <t>20251104</t>
+  </si>
+  <si>
+    <t>REQUERIMENTO Nº 014/2025_x000D_
+AUTORIA: VEREADOR JOSÉ JORDÃO TAVARES DE SOUSA_x000D_
+EMENTA: Requer que o Município efetue um levantamento minucioso dos locais de trabalho e das tarefas e atividades de vigilância e segurança patrimonial prestados pelos vigias, afim de comprovar que tais atividades consubstanciam serviços periculoso e/ou atividade de risco, em consonância com as leis que regem a matéria.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>VT</t>
   </si>
   <si>
     <t>Veto</t>
   </si>
   <si>
     <t>https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/271/veto_no_001-2025_-_lei_no_595-2025.pdf</t>
   </si>
   <si>
     <t>VETO A LEI n° 595/2025 DE 05 DE MAIO DE 2025, QUE DISPÕE SOBRE O HASTEAMENTO DAS BANDEIRAS E EXECUÇÃO DOS HINOS NAS ESCOLAS MUNICIPAIS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -1590,69 +1697,69 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_indicacao_03-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_no_01-2025_md.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_indicacao_no_01-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_indicacao_no_02-2025_wenes_-_dundum.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_indicacao_no_02-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_05-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_no_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/217/projeto_de_lei_no_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/221/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_013-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_014-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_017-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/241/scan2025-07-31_154524.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_22-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_23-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_24-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_026-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_27_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_32-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/273/projeto_de_lei_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_no_001-2025_thefferson.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_001-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_002-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_005-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_06-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_001-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_002-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_003-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_001-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_002-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_003-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_002-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_003-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_001-2025_wenes-koringa.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_005-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_006-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_003_thefferson.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/219/rrequerimento_no_004_thefferson.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_007-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_001-2025_joanes_e_wenes.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_004-2025_dundum.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_008-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/271/veto_no_001-2025_-_lei_no_595-2025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/202/projeto_de_indicacao_03-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/225/projeto_de_indicacao_no_01-2025_md.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/249/projeto_de_indicacao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/261/projeto_de_indicacao_no_01-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/262/projeto_de_indicacao_no_02-2025_wenes_-_dundum.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/263/projeto_de_indicacao_no_02-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/181/projeto_de_lei_001-2025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/182/projeto_de_lei_002-2025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/183/projeto_de_lei_003-2025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/184/projeto_de_lei_004-2025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/200/projeto_de_lei_05-2025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/216/projeto_de_lei_no_006-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/217/projeto_de_lei_no_007-2025_executivo.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/221/pl_no_009-2025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/222/projeto_de_lei_no_010-2025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/223/projeto_de_lei_no_011-2025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/229/projeto_de_lei_no_012-2025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/230/projeto_de_lei_013-2025.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/231/projeto_de_lei_014-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/232/projeto_de_lei_015-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/236/projeto_de_lei_016-2025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/237/projeto_de_lei_017-2025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/241/scan2025-07-31_154524.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/242/projeto_de_lei_020-2025.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/245/projeto_de_lei_22-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/246/projeto_de_lei_23-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/247/projeto_de_lei_24-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/248/projeto_de_lei_25-2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/250/projeto_de_lei_026-2025_-_ppa.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/256/projeto_de_lei_27_1.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/257/projeto_de_lei_no_28-2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/258/projeto_de_lei_no_29-2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/259/projeto_de_lei_no_30-2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/260/projeto_de_lei_no_31-2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/265/projeto_de_lei_32-2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/267/projeto_de_lei_no_33-2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/268/projeto_de_lei_no_34-2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/273/projeto_de_lei_no_035-2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/274/projeto_de_lei_no_36-2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/275/projeto_de_lei_no_37-_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/276/pl_38-2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/281/projeto_de_lei_39-2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/282/projeto_de_lei_40-2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/201/projeto_de_lei_01-2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/227/projeto_de_lei_no_001-2025_thefferson.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/279/projeto_de_lei_002-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/188/projeto_de_resolucao_01-2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_no_001-2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_no_001-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_no_002-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_005-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_06-2025_jordao.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_001-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_002-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_003-2025_dundun.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_001-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_002-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_003-2025_joanes.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_002-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_003-2025_wenes.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/213/requerimento_001-2025_wenes-koringa.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_005-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_006-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/218/requerimento_no_003_thefferson.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/219/rrequerimento_no_004_thefferson.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/226/requerimento_no_007-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/228/requerimento_no_001-2025_joanes_e_wenes.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/264/requerimento_no_004-2025_dundum.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/270/requerimento_no_008-2025_dody.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.barro.ce.leg.br/media/sapl/public/materialegislativa/2025/271/veto_no_001-2025_-_lei_no_595-2025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H93"/>
+  <dimension ref="A1:H102"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="9" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="21.28515625" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="119.140625" bestFit="1" customWidth="1"/>
-    <col min="8" max="8" width="253.7109375" bestFit="1" customWidth="1"/>
+    <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
       <c r="H1" t="s">
@@ -2850,1227 +2957,1461 @@
       </c>
       <c r="G47" s="1" t="s">
         <v>198</v>
       </c>
       <c r="H47" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
         <v>200</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
         <v>201</v>
       </c>
       <c r="D48" t="s">
         <v>65</v>
       </c>
       <c r="E48" t="s">
         <v>66</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="G48" s="1" t="s">
         <v>202</v>
       </c>
       <c r="H48" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
         <v>204</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
         <v>205</v>
       </c>
       <c r="D49" t="s">
         <v>65</v>
       </c>
       <c r="E49" t="s">
         <v>66</v>
       </c>
       <c r="F49" t="s">
+        <v>67</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>209</v>
       </c>
-      <c r="B50" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D50" t="s">
+        <v>65</v>
+      </c>
+      <c r="E50" t="s">
+        <v>66</v>
+      </c>
+      <c r="F50" t="s">
+        <v>67</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="E50" t="s">
+      <c r="H50" t="s">
         <v>211</v>
-      </c>
-[...7 lines deleted...]
-        <v>214</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
+        <v>213</v>
+      </c>
+      <c r="D51" t="s">
+        <v>65</v>
+      </c>
+      <c r="E51" t="s">
+        <v>66</v>
+      </c>
+      <c r="F51" t="s">
+        <v>67</v>
+      </c>
+      <c r="G51" s="1" t="s">
+        <v>214</v>
+      </c>
+      <c r="H51" t="s">
         <v>215</v>
-      </c>
-[...19 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>221</v>
+        <v>216</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>222</v>
+        <v>217</v>
       </c>
       <c r="D52" t="s">
-        <v>217</v>
+        <v>65</v>
       </c>
       <c r="E52" t="s">
+        <v>66</v>
+      </c>
+      <c r="F52" t="s">
+        <v>67</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="F52" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H52" t="s">
-        <v>225</v>
+        <v>219</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>226</v>
+        <v>220</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>227</v>
+        <v>221</v>
       </c>
       <c r="D53" t="s">
-        <v>217</v>
+        <v>65</v>
       </c>
       <c r="E53" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="F53" t="s">
+        <v>13</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>222</v>
+      </c>
+      <c r="H53" t="s">
         <v>223</v>
-      </c>
-[...4 lines deleted...]
-        <v>229</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>230</v>
+        <v>224</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>231</v>
+        <v>225</v>
       </c>
       <c r="D54" t="s">
-        <v>217</v>
+        <v>65</v>
       </c>
       <c r="E54" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>14</v>
+        <v>227</v>
       </c>
       <c r="H54" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
       <c r="D55" t="s">
-        <v>217</v>
+        <v>65</v>
       </c>
       <c r="E55" t="s">
-        <v>218</v>
+        <v>66</v>
       </c>
       <c r="F55" t="s">
         <v>13</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>14</v>
+        <v>231</v>
       </c>
       <c r="H55" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>233</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>64</v>
+      </c>
+      <c r="D56" t="s">
+        <v>234</v>
+      </c>
+      <c r="E56" t="s">
+        <v>235</v>
+      </c>
+      <c r="F56" t="s">
         <v>236</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="G56" s="1" t="s">
         <v>237</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H56" t="s">
         <v>238</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
         <v>239</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
         <v>240</v>
       </c>
       <c r="D57" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E57" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F57" t="s">
-        <v>223</v>
+        <v>38</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>14</v>
+        <v>243</v>
       </c>
       <c r="H57" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>245</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>246</v>
+      </c>
+      <c r="D58" t="s">
+        <v>241</v>
+      </c>
+      <c r="E58" t="s">
         <v>242</v>
       </c>
-      <c r="B58" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>14</v>
+        <v>248</v>
       </c>
       <c r="H58" t="s">
-        <v>244</v>
+        <v>249</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>245</v>
+        <v>250</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>246</v>
+        <v>251</v>
       </c>
       <c r="D59" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E59" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F59" t="s">
-        <v>206</v>
+        <v>247</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>14</v>
+        <v>252</v>
       </c>
       <c r="H59" t="s">
-        <v>247</v>
+        <v>253</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>248</v>
+        <v>254</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>249</v>
+        <v>255</v>
       </c>
       <c r="D60" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E60" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F60" t="s">
-        <v>206</v>
+        <v>13</v>
       </c>
       <c r="G60" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H60" t="s">
-        <v>250</v>
+        <v>256</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>251</v>
+        <v>257</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>252</v>
+        <v>258</v>
       </c>
       <c r="D61" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E61" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F61" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
       <c r="G61" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H61" t="s">
-        <v>253</v>
+        <v>259</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>254</v>
+        <v>260</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>255</v>
+        <v>261</v>
       </c>
       <c r="D62" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E62" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F62" t="s">
         <v>13</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>256</v>
+        <v>14</v>
       </c>
       <c r="H62" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="D63" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E63" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>247</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>260</v>
+        <v>14</v>
       </c>
       <c r="H63" t="s">
-        <v>261</v>
+        <v>265</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="D64" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E64" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F64" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>264</v>
+        <v>14</v>
       </c>
       <c r="H64" t="s">
-        <v>265</v>
+        <v>268</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>267</v>
+        <v>270</v>
       </c>
       <c r="D65" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E65" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F65" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>268</v>
+        <v>14</v>
       </c>
       <c r="H65" t="s">
-        <v>269</v>
+        <v>271</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>270</v>
+        <v>272</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>271</v>
+        <v>273</v>
       </c>
       <c r="D66" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E66" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F66" t="s">
-        <v>55</v>
+        <v>226</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>272</v>
+        <v>14</v>
       </c>
       <c r="H66" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D67" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E67" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F67" t="s">
-        <v>48</v>
+        <v>247</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>276</v>
+        <v>14</v>
       </c>
       <c r="H67" t="s">
         <v>277</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
         <v>278</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
         <v>279</v>
       </c>
       <c r="D68" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E68" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F68" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G68" s="1" t="s">
         <v>280</v>
       </c>
       <c r="H68" t="s">
         <v>281</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
         <v>282</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
         <v>283</v>
       </c>
       <c r="D69" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E69" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F69" t="s">
-        <v>48</v>
+        <v>13</v>
       </c>
       <c r="G69" s="1" t="s">
         <v>284</v>
       </c>
       <c r="H69" t="s">
         <v>285</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
         <v>286</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
         <v>287</v>
       </c>
       <c r="D70" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E70" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F70" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G70" s="1" t="s">
         <v>288</v>
       </c>
       <c r="H70" t="s">
         <v>289</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
         <v>290</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
         <v>291</v>
       </c>
       <c r="D71" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E71" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F71" t="s">
-        <v>38</v>
+        <v>55</v>
       </c>
       <c r="G71" s="1" t="s">
         <v>292</v>
       </c>
       <c r="H71" t="s">
         <v>293</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
         <v>294</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
         <v>295</v>
       </c>
       <c r="D72" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E72" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F72" t="s">
+        <v>55</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>296</v>
       </c>
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>297</v>
-      </c>
-[...1 lines deleted...]
-        <v>298</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>298</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>299</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>241</v>
+      </c>
+      <c r="E73" t="s">
+        <v>242</v>
+      </c>
+      <c r="F73" t="s">
+        <v>48</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>300</v>
       </c>
-      <c r="D73" t="s">
-[...8 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>301</v>
-      </c>
-[...1 lines deleted...]
-        <v>302</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>302</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>303</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>241</v>
+      </c>
+      <c r="E74" t="s">
+        <v>242</v>
+      </c>
+      <c r="F74" t="s">
+        <v>48</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>304</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>305</v>
-      </c>
-[...1 lines deleted...]
-        <v>306</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>306</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>307</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>241</v>
+      </c>
+      <c r="E75" t="s">
+        <v>242</v>
+      </c>
+      <c r="F75" t="s">
+        <v>48</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>308</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>309</v>
-      </c>
-[...1 lines deleted...]
-        <v>310</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>310</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>311</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>241</v>
+      </c>
+      <c r="E76" t="s">
+        <v>242</v>
+      </c>
+      <c r="F76" t="s">
+        <v>38</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>312</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>313</v>
-      </c>
-[...1 lines deleted...]
-        <v>314</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>314</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>315</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>241</v>
+      </c>
+      <c r="E77" t="s">
+        <v>242</v>
+      </c>
+      <c r="F77" t="s">
+        <v>38</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>316</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="H77" t="s">
         <v>317</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
         <v>318</v>
       </c>
       <c r="B78" t="s">
         <v>9</v>
       </c>
       <c r="C78" t="s">
         <v>319</v>
       </c>
       <c r="D78" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E78" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F78" t="s">
-        <v>13</v>
+        <v>320</v>
       </c>
       <c r="G78" s="1" t="s">
-        <v>14</v>
+        <v>321</v>
       </c>
       <c r="H78" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>322</v>
+        <v>324</v>
       </c>
       <c r="D79" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E79" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F79" t="s">
-        <v>223</v>
+        <v>247</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>323</v>
+        <v>325</v>
       </c>
       <c r="H79" t="s">
-        <v>324</v>
+        <v>326</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>325</v>
+        <v>327</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>326</v>
+        <v>328</v>
       </c>
       <c r="D80" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E80" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F80" t="s">
-        <v>327</v>
+        <v>247</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="H80" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D81" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E81" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F81" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>14</v>
+        <v>333</v>
       </c>
       <c r="H81" t="s">
-        <v>332</v>
+        <v>334</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="D82" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E82" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F82" t="s">
-        <v>13</v>
+        <v>226</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>14</v>
+        <v>337</v>
       </c>
       <c r="H82" t="s">
-        <v>335</v>
+        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>336</v>
+        <v>339</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>337</v>
+        <v>340</v>
       </c>
       <c r="D83" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E83" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F83" t="s">
         <v>13</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H83" t="s">
-        <v>338</v>
+        <v>341</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>339</v>
+        <v>342</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>340</v>
+        <v>343</v>
       </c>
       <c r="D84" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E84" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F84" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="G84" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H84" t="s">
-        <v>341</v>
+        <v>344</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>342</v>
+        <v>345</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>343</v>
+        <v>346</v>
       </c>
       <c r="D85" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E85" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F85" t="s">
-        <v>33</v>
+        <v>247</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>14</v>
+        <v>347</v>
       </c>
       <c r="H85" t="s">
-        <v>344</v>
+        <v>348</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>345</v>
+        <v>349</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>346</v>
+        <v>350</v>
       </c>
       <c r="D86" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E86" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F86" t="s">
-        <v>33</v>
+        <v>351</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>14</v>
+        <v>352</v>
       </c>
       <c r="H86" t="s">
-        <v>347</v>
+        <v>353</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>348</v>
+        <v>354</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>349</v>
+        <v>355</v>
       </c>
       <c r="D87" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E87" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F87" t="s">
-        <v>33</v>
+        <v>13</v>
       </c>
       <c r="G87" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H87" t="s">
-        <v>350</v>
+        <v>356</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>351</v>
+        <v>357</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>352</v>
+        <v>358</v>
       </c>
       <c r="D88" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E88" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F88" t="s">
-        <v>353</v>
+        <v>13</v>
       </c>
       <c r="G88" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H88" t="s">
-        <v>354</v>
+        <v>359</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>355</v>
+        <v>360</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>356</v>
+        <v>361</v>
       </c>
       <c r="D89" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E89" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F89" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>357</v>
+        <v>14</v>
       </c>
       <c r="H89" t="s">
-        <v>358</v>
+        <v>362</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>359</v>
+        <v>363</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>360</v>
+        <v>364</v>
       </c>
       <c r="D90" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E90" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F90" t="s">
-        <v>206</v>
+        <v>33</v>
       </c>
       <c r="G90" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H90" t="s">
-        <v>361</v>
+        <v>365</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>362</v>
+        <v>366</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>363</v>
+        <v>367</v>
       </c>
       <c r="D91" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E91" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F91" t="s">
-        <v>223</v>
+        <v>33</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>364</v>
+        <v>14</v>
       </c>
       <c r="H91" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="D92" t="s">
-        <v>217</v>
+        <v>241</v>
       </c>
       <c r="E92" t="s">
-        <v>218</v>
+        <v>242</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="G92" s="1" t="s">
         <v>14</v>
       </c>
       <c r="H92" t="s">
-        <v>368</v>
+        <v>371</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>369</v>
+        <v>372</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
+        <v>373</v>
+      </c>
+      <c r="D93" t="s">
+        <v>241</v>
+      </c>
+      <c r="E93" t="s">
+        <v>242</v>
+      </c>
+      <c r="F93" t="s">
+        <v>33</v>
+      </c>
+      <c r="G93" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H93" t="s">
+        <v>374</v>
+      </c>
+    </row>
+    <row r="94" spans="1:8">
+      <c r="A94" t="s">
+        <v>375</v>
+      </c>
+      <c r="B94" t="s">
+        <v>9</v>
+      </c>
+      <c r="C94" t="s">
+        <v>376</v>
+      </c>
+      <c r="D94" t="s">
+        <v>241</v>
+      </c>
+      <c r="E94" t="s">
+        <v>242</v>
+      </c>
+      <c r="F94" t="s">
+        <v>377</v>
+      </c>
+      <c r="G94" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H94" t="s">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="95" spans="1:8">
+      <c r="A95" t="s">
+        <v>379</v>
+      </c>
+      <c r="B95" t="s">
+        <v>9</v>
+      </c>
+      <c r="C95" t="s">
+        <v>380</v>
+      </c>
+      <c r="D95" t="s">
+        <v>241</v>
+      </c>
+      <c r="E95" t="s">
+        <v>242</v>
+      </c>
+      <c r="F95" t="s">
+        <v>55</v>
+      </c>
+      <c r="G95" s="1" t="s">
+        <v>381</v>
+      </c>
+      <c r="H95" t="s">
+        <v>382</v>
+      </c>
+    </row>
+    <row r="96" spans="1:8">
+      <c r="A96" t="s">
+        <v>383</v>
+      </c>
+      <c r="B96" t="s">
+        <v>9</v>
+      </c>
+      <c r="C96" t="s">
+        <v>384</v>
+      </c>
+      <c r="D96" t="s">
+        <v>241</v>
+      </c>
+      <c r="E96" t="s">
+        <v>242</v>
+      </c>
+      <c r="F96" t="s">
+        <v>226</v>
+      </c>
+      <c r="G96" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H96" t="s">
+        <v>385</v>
+      </c>
+    </row>
+    <row r="97" spans="1:8">
+      <c r="A97" t="s">
+        <v>386</v>
+      </c>
+      <c r="B97" t="s">
+        <v>9</v>
+      </c>
+      <c r="C97" t="s">
+        <v>387</v>
+      </c>
+      <c r="D97" t="s">
+        <v>241</v>
+      </c>
+      <c r="E97" t="s">
+        <v>242</v>
+      </c>
+      <c r="F97" t="s">
+        <v>247</v>
+      </c>
+      <c r="G97" s="1" t="s">
+        <v>388</v>
+      </c>
+      <c r="H97" t="s">
+        <v>389</v>
+      </c>
+    </row>
+    <row r="98" spans="1:8">
+      <c r="A98" t="s">
+        <v>390</v>
+      </c>
+      <c r="B98" t="s">
+        <v>9</v>
+      </c>
+      <c r="C98" t="s">
+        <v>391</v>
+      </c>
+      <c r="D98" t="s">
+        <v>241</v>
+      </c>
+      <c r="E98" t="s">
+        <v>242</v>
+      </c>
+      <c r="F98" t="s">
+        <v>13</v>
+      </c>
+      <c r="G98" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H98" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="99" spans="1:8">
+      <c r="A99" t="s">
+        <v>393</v>
+      </c>
+      <c r="B99" t="s">
+        <v>9</v>
+      </c>
+      <c r="C99" t="s">
+        <v>394</v>
+      </c>
+      <c r="D99" t="s">
+        <v>241</v>
+      </c>
+      <c r="E99" t="s">
+        <v>242</v>
+      </c>
+      <c r="F99" t="s">
+        <v>55</v>
+      </c>
+      <c r="G99" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H99" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="100" spans="1:8">
+      <c r="A100" t="s">
+        <v>396</v>
+      </c>
+      <c r="B100" t="s">
+        <v>9</v>
+      </c>
+      <c r="C100" t="s">
+        <v>397</v>
+      </c>
+      <c r="D100" t="s">
+        <v>241</v>
+      </c>
+      <c r="E100" t="s">
+        <v>242</v>
+      </c>
+      <c r="F100" t="s">
+        <v>55</v>
+      </c>
+      <c r="G100" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H100" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="101" spans="1:8">
+      <c r="A101" t="s">
+        <v>399</v>
+      </c>
+      <c r="B101" t="s">
+        <v>9</v>
+      </c>
+      <c r="C101" t="s">
+        <v>400</v>
+      </c>
+      <c r="D101" t="s">
+        <v>241</v>
+      </c>
+      <c r="E101" t="s">
+        <v>242</v>
+      </c>
+      <c r="F101" t="s">
+        <v>13</v>
+      </c>
+      <c r="G101" s="1" t="s">
+        <v>14</v>
+      </c>
+      <c r="H101" t="s">
+        <v>401</v>
+      </c>
+    </row>
+    <row r="102" spans="1:8">
+      <c r="A102" t="s">
+        <v>402</v>
+      </c>
+      <c r="B102" t="s">
+        <v>9</v>
+      </c>
+      <c r="C102" t="s">
         <v>64</v>
       </c>
-      <c r="D93" t="s">
-[...5 lines deleted...]
-      <c r="F93" t="s">
+      <c r="D102" t="s">
+        <v>403</v>
+      </c>
+      <c r="E102" t="s">
+        <v>404</v>
+      </c>
+      <c r="F102" t="s">
         <v>67</v>
       </c>
-      <c r="G93" s="1" t="s">
-[...3 lines deleted...]
-        <v>373</v>
+      <c r="G102" s="1" t="s">
+        <v>405</v>
+      </c>
+      <c r="H102" t="s">
+        <v>406</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -4123,50 +4464,59 @@
     <hyperlink ref="G69" r:id="rId68"/>
     <hyperlink ref="G70" r:id="rId69"/>
     <hyperlink ref="G71" r:id="rId70"/>
     <hyperlink ref="G72" r:id="rId71"/>
     <hyperlink ref="G73" r:id="rId72"/>
     <hyperlink ref="G74" r:id="rId73"/>
     <hyperlink ref="G75" r:id="rId74"/>
     <hyperlink ref="G76" r:id="rId75"/>
     <hyperlink ref="G77" r:id="rId76"/>
     <hyperlink ref="G78" r:id="rId77"/>
     <hyperlink ref="G79" r:id="rId78"/>
     <hyperlink ref="G80" r:id="rId79"/>
     <hyperlink ref="G81" r:id="rId80"/>
     <hyperlink ref="G82" r:id="rId81"/>
     <hyperlink ref="G83" r:id="rId82"/>
     <hyperlink ref="G84" r:id="rId83"/>
     <hyperlink ref="G85" r:id="rId84"/>
     <hyperlink ref="G86" r:id="rId85"/>
     <hyperlink ref="G87" r:id="rId86"/>
     <hyperlink ref="G88" r:id="rId87"/>
     <hyperlink ref="G89" r:id="rId88"/>
     <hyperlink ref="G90" r:id="rId89"/>
     <hyperlink ref="G91" r:id="rId90"/>
     <hyperlink ref="G92" r:id="rId91"/>
     <hyperlink ref="G93" r:id="rId92"/>
+    <hyperlink ref="G94" r:id="rId93"/>
+    <hyperlink ref="G95" r:id="rId94"/>
+    <hyperlink ref="G96" r:id="rId95"/>
+    <hyperlink ref="G97" r:id="rId96"/>
+    <hyperlink ref="G98" r:id="rId97"/>
+    <hyperlink ref="G99" r:id="rId98"/>
+    <hyperlink ref="G100" r:id="rId99"/>
+    <hyperlink ref="G101" r:id="rId100"/>
+    <hyperlink ref="G102" r:id="rId101"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>